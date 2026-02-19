--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -1,5580 +1,3014 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00110D4D" w:rsidRPr="001673A0" w:rsidRDefault="00110D4D" w:rsidP="006A4EE7">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="584CFED0" w14:textId="77777777" w:rsidR="002257DF" w:rsidRPr="00EA4408" w:rsidRDefault="002257DF" w:rsidP="00EA4408">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="20"/>
-[...4 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA4408">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lee Hyunjeong Oh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584CFED1" w14:textId="66F24505" w:rsidR="002257DF" w:rsidRPr="00ED3DEA" w:rsidRDefault="00352A20" w:rsidP="00EA4408">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senior </w:t>
+      </w:r>
+      <w:r w:rsidR="002257DF" w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lecturer of Korean</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584CFED2" w14:textId="0F7FD11D" w:rsidR="002257DF" w:rsidRDefault="002257DF" w:rsidP="00EA4408">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">School of Modern </w:t>
+      </w:r>
+      <w:r w:rsidR="00352A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anguages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E07A7E" w14:textId="63B80EBF" w:rsidR="00DD5DD7" w:rsidRDefault="00DD5DD7" w:rsidP="00EA4408">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Campus Location: Swann 333</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC54F61" w14:textId="77777777" w:rsidR="00343361" w:rsidRDefault="00D01E7F" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00D01E7F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>lee.oh@modlangs.gatech.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00343361">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48311B6E" w14:textId="77777777" w:rsidR="00343361" w:rsidRDefault="00343361" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66C5DD6C" w14:textId="5FF1C59A" w:rsidR="00343361" w:rsidRPr="00C72DC8" w:rsidRDefault="00343361" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:szCs w:val="20"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">. EARNED DEGREES </w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C72DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Research Interests:</w:t>
+      </w:r>
+      <w:r w:rsidR="008F7B5F" w:rsidRPr="00C72DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C72DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001673A0" w:rsidRDefault="001673A0" w:rsidP="006A4EE7">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="686D621D" w14:textId="39873759" w:rsidR="00196740" w:rsidRDefault="00C8451E" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8451E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>My research interests include Korean language education, second language learning, and multicultural education. I have recently collaborated on research examining immigrant students’ experiences as they adapt to new cultures and languages in the United States. This work informs my teaching by helping me design culturally responsive and inclusive Korean language instruction.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006F0926" w:rsidRDefault="00AF1A77" w:rsidP="00B016F7">
-[...30 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="5F048260" w14:textId="77777777" w:rsidR="00196740" w:rsidRDefault="00196740" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="001C6159" w14:textId="158F023E" w:rsidR="00075B74" w:rsidRPr="00C72DC8" w:rsidRDefault="00343361" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C72DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Teaching Interests: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711E5EE7" w14:textId="67F6BF79" w:rsidR="00343361" w:rsidRDefault="00097D1B" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I aim to teach not only the Korean language but also Korean culture,</w:t>
+      </w:r>
+      <w:r w:rsidR="008A128A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B016F7">
-[...49 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="008A128A" w:rsidRPr="008A128A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>society,</w:t>
+      </w:r>
+      <w:r w:rsidR="008A128A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0068162A">
-[...34 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00626202" w:rsidRPr="00626202">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and daily practices in ways that are appropriate for each proficiency level.</w:t>
+      </w:r>
+      <w:r w:rsidR="00626202">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0068162A">
-[...28 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="006C7E5E" w:rsidRPr="006C7E5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To support this approach, I develop level-specific instructional materials and strive to create engaging and meaningful learning experiences that enhance students’ motivation to study Korean</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0068162A">
-[...15 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="006A5DA6" w:rsidRPr="006A5DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>while helping them enjoy the learning process and build confidence</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7E5E" w:rsidRPr="006C7E5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225AC45E" w14:textId="77777777" w:rsidR="00343361" w:rsidRDefault="00343361" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59C7AFEB" w14:textId="504A13E5" w:rsidR="00D01E7F" w:rsidRPr="00C72DC8" w:rsidRDefault="00196740" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C72DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7622F085" w14:textId="210C0648" w:rsidR="00343361" w:rsidRDefault="009C7D39" w:rsidP="009C7D39">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M.A.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00017DC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0068162A">
-[...41 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009C7D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cleveland State University, Education (Curriculum and Instruction)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C165213" w14:textId="0301485B" w:rsidR="00017DC2" w:rsidRPr="009C7D39" w:rsidRDefault="00017DC2" w:rsidP="00017DC2">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C7D39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B.A., Yonsei University, Korean language</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0068162A">
-[...63 lines deleted...]
-        <w:t>eveland State University:</w:t>
+      <w:r w:rsidR="00163AD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00163AD2" w:rsidRPr="00163AD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Korean Language &amp; Literature</w:t>
+      </w:r>
+      <w:r w:rsidR="00163AD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1A77" w:rsidRPr="0068162A" w:rsidRDefault="00AF1A77" w:rsidP="00A10E28">
-[...232 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="16627656" w14:textId="77777777" w:rsidR="009C7D39" w:rsidRDefault="009C7D39" w:rsidP="009C7D39">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B016F7" w:rsidRDefault="00AF1A77" w:rsidP="00B016F7">
-[...286 lines deleted...]
-        <w:t xml:space="preserve">Yonsei University                   </w:t>
+    <w:p w14:paraId="0E190909" w14:textId="02F7615F" w:rsidR="009C7D39" w:rsidRPr="00C72DC8" w:rsidRDefault="009C7D39" w:rsidP="009C7D39">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C72DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Recent Schol</w:t>
+      </w:r>
+      <w:r w:rsidR="009E34C3" w:rsidRPr="00C72DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arly Output: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1A77" w:rsidRPr="006F0926" w:rsidRDefault="00AF1A77" w:rsidP="006A4EE7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="61E5A50A" w14:textId="77777777" w:rsidR="009C7D39" w:rsidRDefault="009C7D39" w:rsidP="009C7D39">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00086618" w:rsidRPr="001673A0" w:rsidRDefault="00110D4D" w:rsidP="006A4EE7">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> EMPLYMENT </w:t>
+    <w:p w14:paraId="3A45A12C" w14:textId="7AA31D2E" w:rsidR="003C1167" w:rsidRDefault="003C1167" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1167">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Journal Articles (Referred)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001673A0" w:rsidRDefault="001673A0" w:rsidP="006A4EE7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="5A9B89C0" w14:textId="77777777" w:rsidR="00C72DC8" w:rsidRDefault="00C72DC8" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004856F6" w:rsidRPr="0068162A" w:rsidRDefault="00086618" w:rsidP="006A4EE7">
-[...68 lines deleted...]
-        <w:t>of technology (GT)</w:t>
+    <w:p w14:paraId="1D6FF77B" w14:textId="0BD08C1A" w:rsidR="00196740" w:rsidRDefault="00E84504" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E84504">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Chang, S.-E., Jong, Lee, &amp; Lee Oh. (2023). Service-learning in language for specific purposes: A case of Korean language practicum. Global Advanced in Business Communication, 10(2), Article 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00086618" w:rsidRPr="0068162A" w:rsidRDefault="00B016F7" w:rsidP="006A4EE7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="2E587997" w14:textId="77777777" w:rsidR="00402DF1" w:rsidRDefault="00402DF1" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74C6981A" w14:textId="0429DA87" w:rsidR="003C1167" w:rsidRDefault="00025F95" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...16 lines deleted...]
-        <w:t>tor, Kennesaw State University</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presentations </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00086618" w:rsidRPr="0068162A" w:rsidRDefault="00086618" w:rsidP="006A4EE7">
-[...199 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="53A3104D" w14:textId="77777777" w:rsidR="00025F95" w:rsidRDefault="00025F95" w:rsidP="00025F95">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="004856F6" w:rsidRPr="0068162A" w:rsidRDefault="00086618" w:rsidP="006A4EE7">
-[...1479 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="7DE19E27" w14:textId="5D66AD2D" w:rsidR="00054B65" w:rsidRPr="0047642E" w:rsidRDefault="00025F95" w:rsidP="00B13C27">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...2 lines deleted...]
-        <w:t>Studnets</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="00054B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ayoung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00054B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Choi</w:t>
+      </w:r>
+      <w:r w:rsidR="00054B65" w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="00054B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00054B65" w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lee Oh (20</w:t>
+      </w:r>
+      <w:r w:rsidR="00054B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00054B65" w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00054B65">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00054B65" w:rsidRPr="0047642E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Empowering Multilingual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00054B65" w:rsidRPr="0047642E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Communinities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00054B65" w:rsidRPr="0047642E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the U.S.A. and South Korea, Atlanta Global Studies Symposium, GA, 2025</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007B5790" w:rsidRDefault="007B5790" w:rsidP="001673A0">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="537D36CD" w14:textId="26CDE95A" w:rsidR="00054B65" w:rsidRPr="0047642E" w:rsidRDefault="00054B65" w:rsidP="00B13C27">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jayoung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Choi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lee Oh (20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0047642E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Devloping</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0047642E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Multilinguistic Children in a Monolingual Nation. The Korean Association for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0047642E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Multilicultural</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0047642E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Education (KAME) Conference, Seoul, Korea, 2025</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00587998" w:rsidRPr="0068162A" w:rsidRDefault="00587998" w:rsidP="001673A0">
-[...12 lines deleted...]
-        <w:t>FALL 2014</w:t>
+    <w:p w14:paraId="05AC4166" w14:textId="2BCF1A7E" w:rsidR="00054B65" w:rsidRPr="00ED3DEA" w:rsidRDefault="00054B65" w:rsidP="00402DF1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chang, S.-E., Lee Oh, &amp; Jong Lee (2019) A handbook of synchronous online language teaching. University System of Georgia (USG) Teaching and Learning Conference, Athens, GA, 2019. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5EA2" w:rsidRPr="0068162A" w:rsidRDefault="00587998" w:rsidP="001673A0">
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> Students </w:t>
+    <w:p w14:paraId="62C138A1" w14:textId="1056EEEB" w:rsidR="00F72446" w:rsidRPr="00F72446" w:rsidRDefault="00054B65" w:rsidP="00DE7A3B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chang, S.-E., Jong Lee, &amp; Lee Oh (2019) Debate and media for advanced-level language course. University System of Georgia (USG) Teaching and Learning Conference, Athens, GA, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00587998" w:rsidRPr="0068162A" w:rsidRDefault="00587998" w:rsidP="001673A0">
-[...54 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="147DC5B1" w14:textId="29A65A6C" w:rsidR="00F72446" w:rsidRPr="00F72446" w:rsidRDefault="00F72446" w:rsidP="00F72446">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00587998" w:rsidRPr="0068162A" w:rsidRDefault="00587998" w:rsidP="001673A0">
-[...66 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2989C2E9" w14:textId="3815E048" w:rsidR="006E1C1D" w:rsidRDefault="006E1C1D" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B5EA2" w:rsidRPr="0068162A" w:rsidRDefault="00587998" w:rsidP="001673A0">
-[...53 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="216DD2CD" w14:textId="77777777" w:rsidR="006E1C1D" w:rsidRDefault="006E1C1D" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B5EA2" w:rsidRPr="0068162A" w:rsidRDefault="00587998" w:rsidP="001673A0">
-[...40 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="54854BF6" w14:textId="77777777" w:rsidR="00F0480F" w:rsidRPr="00ED3DEA" w:rsidRDefault="00F0480F" w:rsidP="00E64D54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+          <w:tab w:val="left" w:pos="12240"/>
+          <w:tab w:val="left" w:pos="12960"/>
+          <w:tab w:val="left" w:pos="13680"/>
+          <w:tab w:val="left" w:pos="14400"/>
+          <w:tab w:val="left" w:pos="15120"/>
+          <w:tab w:val="left" w:pos="15840"/>
+          <w:tab w:val="left" w:pos="16560"/>
+          <w:tab w:val="left" w:pos="17280"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00587998" w:rsidRPr="001673A0" w:rsidRDefault="00587998" w:rsidP="006A4EE7">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0AE3BA41" w14:textId="2A59B880" w:rsidR="00F0480F" w:rsidRPr="00ED3DEA" w:rsidRDefault="00F0480F" w:rsidP="00DB2700">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+          <w:tab w:val="left" w:pos="12240"/>
+          <w:tab w:val="left" w:pos="12960"/>
+          <w:tab w:val="left" w:pos="13680"/>
+          <w:tab w:val="left" w:pos="14400"/>
+          <w:tab w:val="left" w:pos="15120"/>
+          <w:tab w:val="left" w:pos="15840"/>
+          <w:tab w:val="left" w:pos="16560"/>
+          <w:tab w:val="left" w:pos="17280"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED3DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00587998" w:rsidRPr="0068162A" w:rsidRDefault="00587998" w:rsidP="001673A0">
-[...902 lines deleted...]
-    <w:sectPr w:rsidR="00257CF6" w:rsidRPr="0068162A">
+    <w:sectPr w:rsidR="00F0480F" w:rsidRPr="00ED3DEA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1440" w:bottom="1440" w:left="1440" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00480A9D" w:rsidRDefault="00480A9D" w:rsidP="00E2027B">
+    <w:p w14:paraId="4A8FFF6B" w14:textId="77777777" w:rsidR="00D2761A" w:rsidRDefault="00D2761A" w:rsidP="003E0F0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00480A9D" w:rsidRDefault="00480A9D" w:rsidP="00E2027B">
+    <w:p w14:paraId="5BE5CD5F" w14:textId="77777777" w:rsidR="00D2761A" w:rsidRDefault="00D2761A" w:rsidP="003E0F0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="바탕">
-[...1 lines deleted...]
-    <w:panose1 w:val="02030600000101010101"/>
+  <w:font w:name="맑은 고딕">
+    <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+    <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00480A9D" w:rsidRDefault="00480A9D" w:rsidP="00E2027B">
+    <w:p w14:paraId="05C81DAD" w14:textId="77777777" w:rsidR="00D2761A" w:rsidRDefault="00D2761A" w:rsidP="003E0F0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00480A9D" w:rsidRDefault="00480A9D" w:rsidP="00E2027B">
+    <w:p w14:paraId="20071434" w14:textId="77777777" w:rsidR="00D2761A" w:rsidRDefault="00D2761A" w:rsidP="003E0F0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="14F64C93"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DE92595"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6BD2C0CE"/>
-    <w:lvl w:ilvl="0" w:tplc="DEE0FC80">
+    <w:tmpl w:val="5BAC2CD2"/>
+    <w:lvl w:ilvl="0" w:tplc="861C82C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1100" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2300" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2700" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3100" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3500" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3900" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A5E1C3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C16DF76"/>
+    <w:lvl w:ilvl="0" w:tplc="0726A0B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1860"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1100" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2300" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2700" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3100" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3500" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3900" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39D56353"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E10ABFFE"/>
+    <w:lvl w:ilvl="0" w:tplc="D18697BE">
+      <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:cstheme="minorBidi" w:hint="eastAsia"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1460" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Wingdings" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1200" w:hanging="400"/>
+        <w:ind w:left="1900" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1600" w:hanging="400"/>
+        <w:ind w:left="2300" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2000" w:hanging="400"/>
+        <w:ind w:left="2700" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2400" w:hanging="400"/>
+        <w:ind w:left="3100" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2800" w:hanging="400"/>
+        <w:ind w:left="3500" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3200" w:hanging="400"/>
+        <w:ind w:left="3900" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="400"/>
+        <w:ind w:left="4300" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4000" w:hanging="400"/>
+        <w:ind w:left="4700" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3B8771FB"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E0C77E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="765C12FA"/>
-[...9 lines deleted...]
-        <w:rFonts w:ascii="바탕" w:eastAsia="바탕" w:hAnsi="바탕" w:cs="Times New Roman" w:hint="eastAsia"/>
+    <w:tmpl w:val="23BE772C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090013">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="967" w:hanging="400"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1200" w:hanging="400"/>
+        <w:ind w:left="1367" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1600" w:hanging="400"/>
+        <w:ind w:left="1767" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2000" w:hanging="400"/>
+        <w:ind w:left="2167" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2400" w:hanging="400"/>
+        <w:ind w:left="2567" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2800" w:hanging="400"/>
+        <w:ind w:left="2967" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3200" w:hanging="400"/>
+        <w:ind w:left="3367" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="400"/>
+        <w:ind w:left="3767" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4000" w:hanging="400"/>
+        <w:ind w:left="4167" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="476A63A6"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="618C03CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="93303078"/>
-    <w:lvl w:ilvl="0" w:tplc="27400642">
+    <w:tmpl w:val="B7524BF4"/>
+    <w:lvl w:ilvl="0" w:tplc="798C5D74">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1100" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2300" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2700" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3100" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3500" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3900" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FED287C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6542F95C"/>
+    <w:lvl w:ilvl="0" w:tplc="53183284">
+      <w:start w:val="13"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕" w:cstheme="minorBidi" w:hint="eastAsia"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1290" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Wingdings" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1200" w:hanging="400"/>
+        <w:ind w:left="1730" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1600" w:hanging="400"/>
+        <w:ind w:left="2130" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2000" w:hanging="400"/>
+        <w:ind w:left="2530" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2400" w:hanging="400"/>
+        <w:ind w:left="2930" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2800" w:hanging="400"/>
+        <w:ind w:left="3330" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3200" w:hanging="400"/>
+        <w:ind w:left="3730" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="400"/>
+        <w:ind w:left="4130" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="4530" w:hanging="400"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="709B3DAA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="064CCB1C"/>
+    <w:lvl w:ilvl="0" w:tplc="999EAFCE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1120" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1200" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1600" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2000" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2800" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3200" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="400"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
         <w:ind w:left="4000" w:hanging="400"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="5CB96013"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70F241EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="23DE5AB4"/>
-    <w:lvl w:ilvl="0" w:tplc="D9145494">
+    <w:tmpl w:val="006ED678"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="560" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:eastAsia="바탕" w:hAnsi="Wingdings" w:cstheme="minorBidi" w:hint="default"/>
+        <w:ind w:left="1620" w:hanging="400"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1000" w:hanging="400"/>
+        <w:ind w:left="2020" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1400" w:hanging="400"/>
+        <w:ind w:left="2420" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="400"/>
+        <w:ind w:left="2820" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2200" w:hanging="400"/>
+        <w:ind w:left="3220" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2600" w:hanging="400"/>
+        <w:ind w:left="3620" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3000" w:hanging="400"/>
+        <w:ind w:left="4020" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3400" w:hanging="400"/>
+        <w:ind w:left="4420" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3800" w:hanging="400"/>
+        <w:ind w:left="4820" w:hanging="400"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...260 lines deleted...]
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="764687724">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1565945106">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1868521554">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="148710910">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="5" w16cid:durableId="547571820">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="6" w16cid:durableId="638610315">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="7" w16cid:durableId="1061634522">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="8" w16cid:durableId="858082018">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="156"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="800"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:docVars>
+    <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYytzQ2sDS1MDExNjc2tDBT0lEKTi0uzszPAykwsqwFALPTopYtAAAA"/>
+  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00110D4D"/>
-[...72 lines deleted...]
-    <w:rsid w:val="00F63EA3"/>
+    <w:rsidRoot w:val="002257DF"/>
+    <w:rsid w:val="00005288"/>
+    <w:rsid w:val="00017DC2"/>
+    <w:rsid w:val="00025243"/>
+    <w:rsid w:val="00025F95"/>
+    <w:rsid w:val="00027D40"/>
+    <w:rsid w:val="000365D6"/>
+    <w:rsid w:val="00036812"/>
+    <w:rsid w:val="00044C92"/>
+    <w:rsid w:val="000452B8"/>
+    <w:rsid w:val="00047808"/>
+    <w:rsid w:val="0005398D"/>
+    <w:rsid w:val="00054B65"/>
+    <w:rsid w:val="000663B7"/>
+    <w:rsid w:val="00075B74"/>
+    <w:rsid w:val="0008492A"/>
+    <w:rsid w:val="00084B00"/>
+    <w:rsid w:val="00097ABA"/>
+    <w:rsid w:val="00097BE9"/>
+    <w:rsid w:val="00097D1B"/>
+    <w:rsid w:val="000A195F"/>
+    <w:rsid w:val="000A6E90"/>
+    <w:rsid w:val="000C140A"/>
+    <w:rsid w:val="000C2169"/>
+    <w:rsid w:val="000C56AB"/>
+    <w:rsid w:val="000E1D5A"/>
+    <w:rsid w:val="000E5D3C"/>
+    <w:rsid w:val="000F08E3"/>
+    <w:rsid w:val="000F1F01"/>
+    <w:rsid w:val="000F2B05"/>
+    <w:rsid w:val="0011132D"/>
+    <w:rsid w:val="00120838"/>
+    <w:rsid w:val="001208E9"/>
+    <w:rsid w:val="00120A3A"/>
+    <w:rsid w:val="00123764"/>
+    <w:rsid w:val="00132E31"/>
+    <w:rsid w:val="0015463B"/>
+    <w:rsid w:val="00162F42"/>
+    <w:rsid w:val="00163AD2"/>
+    <w:rsid w:val="00171E19"/>
+    <w:rsid w:val="001767DE"/>
+    <w:rsid w:val="001810CD"/>
+    <w:rsid w:val="00182BA3"/>
+    <w:rsid w:val="00191506"/>
+    <w:rsid w:val="00196740"/>
+    <w:rsid w:val="001A0A1F"/>
+    <w:rsid w:val="001A14B5"/>
+    <w:rsid w:val="001C23C4"/>
+    <w:rsid w:val="001D111B"/>
+    <w:rsid w:val="00201193"/>
+    <w:rsid w:val="002043DD"/>
+    <w:rsid w:val="00206685"/>
+    <w:rsid w:val="00213741"/>
+    <w:rsid w:val="00214BBC"/>
+    <w:rsid w:val="002257DF"/>
+    <w:rsid w:val="002302D9"/>
+    <w:rsid w:val="00255D6D"/>
+    <w:rsid w:val="00276830"/>
+    <w:rsid w:val="00277940"/>
+    <w:rsid w:val="0028079A"/>
+    <w:rsid w:val="00282CC4"/>
+    <w:rsid w:val="002A1900"/>
+    <w:rsid w:val="002E3237"/>
+    <w:rsid w:val="002E511C"/>
+    <w:rsid w:val="002F74DA"/>
+    <w:rsid w:val="002F7BB5"/>
+    <w:rsid w:val="00317E0D"/>
+    <w:rsid w:val="003247AB"/>
+    <w:rsid w:val="00325B81"/>
+    <w:rsid w:val="00332E71"/>
+    <w:rsid w:val="003357C4"/>
+    <w:rsid w:val="00343361"/>
+    <w:rsid w:val="0035149F"/>
+    <w:rsid w:val="00352A20"/>
+    <w:rsid w:val="00361E9C"/>
+    <w:rsid w:val="00365F17"/>
+    <w:rsid w:val="00377C72"/>
+    <w:rsid w:val="0038303E"/>
+    <w:rsid w:val="00391421"/>
+    <w:rsid w:val="003974F7"/>
+    <w:rsid w:val="003A3EB2"/>
+    <w:rsid w:val="003C1167"/>
+    <w:rsid w:val="003D138C"/>
+    <w:rsid w:val="003D17DE"/>
+    <w:rsid w:val="003D662D"/>
+    <w:rsid w:val="003D75FA"/>
+    <w:rsid w:val="003E0F0C"/>
+    <w:rsid w:val="003E48F7"/>
+    <w:rsid w:val="00402DF1"/>
+    <w:rsid w:val="004302B8"/>
+    <w:rsid w:val="00430740"/>
+    <w:rsid w:val="004524A1"/>
+    <w:rsid w:val="004573EA"/>
+    <w:rsid w:val="00467924"/>
+    <w:rsid w:val="00475826"/>
+    <w:rsid w:val="004763CE"/>
+    <w:rsid w:val="0047642E"/>
+    <w:rsid w:val="004776DD"/>
+    <w:rsid w:val="00483481"/>
+    <w:rsid w:val="0048444F"/>
+    <w:rsid w:val="004850E2"/>
+    <w:rsid w:val="00487C12"/>
+    <w:rsid w:val="00491E16"/>
+    <w:rsid w:val="004A18E4"/>
+    <w:rsid w:val="004C5AAC"/>
+    <w:rsid w:val="004D3998"/>
+    <w:rsid w:val="004E5278"/>
+    <w:rsid w:val="004F53D1"/>
+    <w:rsid w:val="004F6540"/>
+    <w:rsid w:val="004F6856"/>
+    <w:rsid w:val="00520534"/>
+    <w:rsid w:val="005247CF"/>
+    <w:rsid w:val="005271C5"/>
+    <w:rsid w:val="00533403"/>
+    <w:rsid w:val="005451FA"/>
+    <w:rsid w:val="00546FA5"/>
+    <w:rsid w:val="00547129"/>
+    <w:rsid w:val="00550CC5"/>
+    <w:rsid w:val="00566099"/>
+    <w:rsid w:val="00571C96"/>
+    <w:rsid w:val="00576293"/>
+    <w:rsid w:val="005940F1"/>
+    <w:rsid w:val="0059762E"/>
+    <w:rsid w:val="005A0B39"/>
+    <w:rsid w:val="005A2EE7"/>
+    <w:rsid w:val="005A4659"/>
+    <w:rsid w:val="005F1D0C"/>
+    <w:rsid w:val="005F7D2C"/>
+    <w:rsid w:val="006100B3"/>
+    <w:rsid w:val="00612416"/>
+    <w:rsid w:val="00622D1D"/>
+    <w:rsid w:val="00626202"/>
+    <w:rsid w:val="006275BE"/>
+    <w:rsid w:val="00631A9C"/>
+    <w:rsid w:val="00642EB2"/>
+    <w:rsid w:val="006459D3"/>
+    <w:rsid w:val="00667AD7"/>
+    <w:rsid w:val="00671B25"/>
+    <w:rsid w:val="00695AAE"/>
+    <w:rsid w:val="006A5DA6"/>
+    <w:rsid w:val="006B7A68"/>
+    <w:rsid w:val="006C75B8"/>
+    <w:rsid w:val="006C7E5E"/>
+    <w:rsid w:val="006D19F7"/>
+    <w:rsid w:val="006D4F20"/>
+    <w:rsid w:val="006E1C1D"/>
+    <w:rsid w:val="006E7957"/>
+    <w:rsid w:val="006F277E"/>
+    <w:rsid w:val="007140BE"/>
+    <w:rsid w:val="007422F9"/>
+    <w:rsid w:val="00767272"/>
+    <w:rsid w:val="00786190"/>
+    <w:rsid w:val="007B0C64"/>
+    <w:rsid w:val="007B7CDD"/>
+    <w:rsid w:val="007C4FC4"/>
+    <w:rsid w:val="00823D01"/>
+    <w:rsid w:val="00873A05"/>
+    <w:rsid w:val="008A128A"/>
+    <w:rsid w:val="008A577D"/>
+    <w:rsid w:val="008D7321"/>
+    <w:rsid w:val="008F1853"/>
+    <w:rsid w:val="008F2CEC"/>
+    <w:rsid w:val="008F3A0E"/>
+    <w:rsid w:val="008F49FF"/>
+    <w:rsid w:val="008F7B5F"/>
+    <w:rsid w:val="0091323F"/>
+    <w:rsid w:val="009274FA"/>
+    <w:rsid w:val="00937ED1"/>
+    <w:rsid w:val="00940369"/>
+    <w:rsid w:val="00947ADE"/>
+    <w:rsid w:val="00952173"/>
+    <w:rsid w:val="0098068B"/>
+    <w:rsid w:val="009A124C"/>
+    <w:rsid w:val="009A23DC"/>
+    <w:rsid w:val="009A7F92"/>
+    <w:rsid w:val="009C2059"/>
+    <w:rsid w:val="009C7D39"/>
+    <w:rsid w:val="009E00E6"/>
+    <w:rsid w:val="009E34C3"/>
+    <w:rsid w:val="009E388D"/>
+    <w:rsid w:val="009F496B"/>
+    <w:rsid w:val="00A01071"/>
+    <w:rsid w:val="00A037A6"/>
+    <w:rsid w:val="00A23F25"/>
+    <w:rsid w:val="00A43601"/>
+    <w:rsid w:val="00A5086C"/>
+    <w:rsid w:val="00A5234E"/>
+    <w:rsid w:val="00A70474"/>
+    <w:rsid w:val="00AA2D7E"/>
+    <w:rsid w:val="00AC2F45"/>
+    <w:rsid w:val="00AD6CFD"/>
+    <w:rsid w:val="00AE06F9"/>
+    <w:rsid w:val="00AE76B5"/>
+    <w:rsid w:val="00B036ED"/>
+    <w:rsid w:val="00B13C27"/>
+    <w:rsid w:val="00B17C1A"/>
+    <w:rsid w:val="00B26553"/>
+    <w:rsid w:val="00B46372"/>
+    <w:rsid w:val="00B4670F"/>
+    <w:rsid w:val="00B478C0"/>
+    <w:rsid w:val="00B51B98"/>
+    <w:rsid w:val="00B737B4"/>
+    <w:rsid w:val="00B75DF7"/>
+    <w:rsid w:val="00B802CD"/>
+    <w:rsid w:val="00B85518"/>
+    <w:rsid w:val="00B8772D"/>
+    <w:rsid w:val="00BB46CB"/>
+    <w:rsid w:val="00BC2106"/>
+    <w:rsid w:val="00BC7D95"/>
+    <w:rsid w:val="00BF703C"/>
+    <w:rsid w:val="00C0365F"/>
+    <w:rsid w:val="00C03AAA"/>
+    <w:rsid w:val="00C066AD"/>
+    <w:rsid w:val="00C150BE"/>
+    <w:rsid w:val="00C16E91"/>
+    <w:rsid w:val="00C31FD7"/>
+    <w:rsid w:val="00C333FB"/>
+    <w:rsid w:val="00C45787"/>
+    <w:rsid w:val="00C72DC8"/>
+    <w:rsid w:val="00C77DBF"/>
+    <w:rsid w:val="00C8451E"/>
+    <w:rsid w:val="00C91FF5"/>
+    <w:rsid w:val="00C93B2A"/>
+    <w:rsid w:val="00CB1209"/>
+    <w:rsid w:val="00CB3A9B"/>
+    <w:rsid w:val="00CC5196"/>
+    <w:rsid w:val="00CD3A7C"/>
+    <w:rsid w:val="00CF3445"/>
+    <w:rsid w:val="00CF53F4"/>
+    <w:rsid w:val="00CF7D79"/>
+    <w:rsid w:val="00D01E7F"/>
+    <w:rsid w:val="00D027EC"/>
+    <w:rsid w:val="00D039B2"/>
+    <w:rsid w:val="00D137D8"/>
+    <w:rsid w:val="00D15CF7"/>
+    <w:rsid w:val="00D20D77"/>
+    <w:rsid w:val="00D2761A"/>
+    <w:rsid w:val="00D4596D"/>
+    <w:rsid w:val="00D9044F"/>
+    <w:rsid w:val="00DA6E1E"/>
+    <w:rsid w:val="00DB2700"/>
+    <w:rsid w:val="00DD054E"/>
+    <w:rsid w:val="00DD5DD7"/>
+    <w:rsid w:val="00DD6791"/>
+    <w:rsid w:val="00DE7A3B"/>
+    <w:rsid w:val="00E008C8"/>
+    <w:rsid w:val="00E029FB"/>
+    <w:rsid w:val="00E04D71"/>
+    <w:rsid w:val="00E20247"/>
+    <w:rsid w:val="00E36F3B"/>
+    <w:rsid w:val="00E45B23"/>
+    <w:rsid w:val="00E62CE5"/>
+    <w:rsid w:val="00E64D54"/>
+    <w:rsid w:val="00E70EC6"/>
+    <w:rsid w:val="00E8159E"/>
+    <w:rsid w:val="00E84504"/>
+    <w:rsid w:val="00E86873"/>
+    <w:rsid w:val="00EA4408"/>
+    <w:rsid w:val="00EA56D6"/>
+    <w:rsid w:val="00EB060B"/>
+    <w:rsid w:val="00EC331C"/>
+    <w:rsid w:val="00EC6056"/>
+    <w:rsid w:val="00ED3DEA"/>
+    <w:rsid w:val="00EE2DEE"/>
+    <w:rsid w:val="00EE5D71"/>
+    <w:rsid w:val="00EF56F1"/>
+    <w:rsid w:val="00F0045F"/>
+    <w:rsid w:val="00F0480F"/>
+    <w:rsid w:val="00F3524D"/>
+    <w:rsid w:val="00F357BF"/>
+    <w:rsid w:val="00F40491"/>
+    <w:rsid w:val="00F407F3"/>
+    <w:rsid w:val="00F45DDF"/>
+    <w:rsid w:val="00F72446"/>
+    <w:rsid w:val="00F81E08"/>
+    <w:rsid w:val="00F91E95"/>
+    <w:rsid w:val="00F97829"/>
+    <w:rsid w:val="00FB26CD"/>
+    <w:rsid w:val="00FB547F"/>
+    <w:rsid w:val="00FB6D82"/>
+    <w:rsid w:val="00FD6544"/>
+    <w:rsid w:val="00FD7D8A"/>
+    <w:rsid w:val="00FF67D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="584CFECF"/>
+  <w15:docId w15:val="{54E6197A-758D-4B7E-B96A-39F3F0E60DF1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ko-KR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:wordWrap w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...2 lines deleted...]
-    <w:link w:val="Char"/>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0077740A"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="002257DF"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
-[...2 lines deleted...]
-    <w:link w:val="a3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0077740A"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="002257DF"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...43 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B94C60"/>
+    <w:rsid w:val="002257DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:wordWrap w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="002B0B65"/>
+    <w:rsid w:val="002257DF"/>
     <w:pPr>
       <w:ind w:leftChars="400" w:left="800"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a8">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="006F4987"/>
+    <w:rsid w:val="00467924"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-</w:styles>
-[...161 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003E0F0C"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-      <w:autoSpaceDN w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
-[...2 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003E0F0C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="003E0F0C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003E0F0C"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="xcontentpasted0">
+    <w:name w:val="x_contentpasted0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00BC7D95"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...22 lines deleted...]
-    <w:rsid w:val="0077740A"/>
+    <w:rsid w:val="00C31FD7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
-[...2 lines deleted...]
-    <w:link w:val="a3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0077740A"/>
+    <w:rsid w:val="00C31FD7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="Char0"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E2027B"/>
-[...6 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00D01E7F"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
-[...2 lines deleted...]
-    <w:link w:val="a4"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E2027B"/>
-[...5 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E2027B"/>
-[...55 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00D01E7F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="1598824200">
+    <w:div w:id="175848784">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="569773939">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1162356269">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lee.oh@modlangs.gatech.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 테마">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5818,71 +3252,398 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="9299e95d-87d7-4be2-bdc3-daa160b47515" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100135742E3EF089E449ED133B6079C86EC" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bca45da04fc1631194d41c4e0ddc2f94">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="9299e95d-87d7-4be2-bdc3-daa160b47515" xmlns:ns4="dbe93060-d1b2-433d-bb89-991466093fe3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="27b4541c571d7bee2d7ca02bdca4b034" ns3:_="" ns4:_="">
+    <xsd:import namespace="9299e95d-87d7-4be2-bdc3-daa160b47515"/>
+    <xsd:import namespace="dbe93060-d1b2-433d-bb89-991466093fe3"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9299e95d-87d7-4be2-bdc3-daa160b47515" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="13" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="14" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="22" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="24" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dbe93060-d1b2-433d-bb89-991466093fe3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SharingHintHash" ma:index="17" nillable="true" ma:displayName="Sharing Hint Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5799A6D8-01E4-4A3C-A07D-73F61CD4F774}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9299e95d-87d7-4be2-bdc3-daa160b47515"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4017347B-32A8-4BE0-B1D2-89A85CDB62FB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9B13AA9-4D2C-4AA9-9C06-0C304DF08915}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9299e95d-87d7-4be2-bdc3-daa160b47515"/>
+    <ds:schemaRef ds:uri="dbe93060-d1b2-433d-bb89-991466093fe3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>386</Words>
-  <Characters>2205</Characters>
+  <Words>316</Words>
+  <Characters>1807</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>제목</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2586</CharactersWithSpaces>
+  <CharactersWithSpaces>2119</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Lee H. Oh</dc:creator>
+  <dc:creator>Lee</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100135742E3EF089E449ED133B6079C86EC</vt:lpwstr>
+  </property>
+</Properties>
+</file>