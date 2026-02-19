--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -230,50 +230,79 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00194996">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>gbunting7@gatech.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="5C709ACD" w14:textId="1530920C" w:rsidR="005F64D2" w:rsidRDefault="005F64D2" w:rsidP="00F828D2">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F64D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>404-894-9842</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="39F79FFC" w14:textId="0716A07C" w:rsidR="00836676" w:rsidRPr="00F828D2" w:rsidRDefault="003217E2" w:rsidP="00F828D2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F828D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -759,71 +788,51 @@
       <w:r w:rsidRPr="00317778">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Indefinite Line</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00317778">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">? </w:t>
-[...19 lines deleted...]
-        <w:t>, Disability, and the Remaking of Masculinity After the Great War</w:t>
+        <w:t>? Shell-shock, Disability, and the Remaking of Masculinity After the Great War</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.”</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00317778">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00317778">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
@@ -878,71 +887,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“‘The Live, Sane, Vigorous World’: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74828">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jacob’s Room</w:t>
       </w:r>
       <w:r w:rsidRPr="00254175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Modernist Anti-War Novel</w:t>
+        <w:t xml:space="preserve"> As Modernist Anti-War Novel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00254175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Woolf Studies Annual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1147,2170 +1136,2673 @@
         </w:rPr>
         <w:t xml:space="preserve">, vol 18, issue 3, April 2022, 104-115. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B25FCC" w14:textId="77777777" w:rsidR="00556A52" w:rsidRPr="00556A52" w:rsidRDefault="00556A52" w:rsidP="002200C9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04D897B5" w14:textId="77777777" w:rsidR="00556A52" w:rsidRPr="00556A52" w:rsidRDefault="00556A52" w:rsidP="00556A52">
+    <w:p w14:paraId="2CBE1C5F" w14:textId="2A663A25" w:rsidR="006E7501" w:rsidRDefault="00556A52" w:rsidP="006E7501">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rStyle w:val="xdefaultfonthxmailstyle"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00556A52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">PEER-REVIEWED CHAPTERS </w:t>
       </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk137740366"/>
     </w:p>
-    <w:p w14:paraId="243BB886" w14:textId="77777777" w:rsidR="00556A52" w:rsidRDefault="00556A52" w:rsidP="00556A52">
+    <w:p w14:paraId="5554527D" w14:textId="77777777" w:rsidR="001136E4" w:rsidRDefault="001136E4" w:rsidP="006E7501">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="-720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001136E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“He Was My Favorite”: Sander Cohen as Queer Stereotype in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001136E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BioShock</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001136E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001136E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Bloomsbury Handbook of Sex and Sexuality in Game Studies, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001136E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ed. Matthew Wysocki and Steffi Shook, Bloomsbury, October 2025. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001136E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759BDF73" w14:textId="221D96B0" w:rsidR="00E23619" w:rsidRPr="00E23619" w:rsidRDefault="006E7501" w:rsidP="00A568CC">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="61E208B4">
         <w:rPr>
           <w:rStyle w:val="xdefaultfonthxmailstyle"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...18 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Primary Sources, Multimodal Literacy, and Creativity in the First-Year Writing Classroom: A Trajectory of Teaching Digital and Physical Archives,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61E208B4">
         <w:rPr>
           <w:rStyle w:val="xdefaultfonthxmailstyle"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Good Things for Us to Read: A First-Year Composition Reader, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="61E208B4">
         <w:rPr>
           <w:rStyle w:val="xdefaultfonthxmailstyle"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">, Oklahoma State University, 2024. </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ed. Joshua Daniel and Kathy Essmiller, Oklahoma State University, 2024. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092E4631" w14:textId="77777777" w:rsidR="007F1C49" w:rsidRDefault="007F1C49" w:rsidP="00ED68CC">
+    <w:p w14:paraId="59AD2412" w14:textId="6935D427" w:rsidR="00223C4D" w:rsidRPr="00556A52" w:rsidRDefault="00556A52" w:rsidP="00556A52">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk137740400"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="_Hlk137740366"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">BOOK </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00556A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00223C4D" w:rsidRPr="00556A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EVIEWS </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="59AD2412" w14:textId="6935D427" w:rsidR="00223C4D" w:rsidRPr="00556A52" w:rsidRDefault="00556A52" w:rsidP="00556A52">
+    <w:p w14:paraId="572579E0" w14:textId="37167FFE" w:rsidR="00223C4D" w:rsidRPr="00390567" w:rsidRDefault="00223C4D" w:rsidP="00223C4D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F1C49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“It Loosens the Ligaments”: A Review of Virginia Woolf’s “Unexpurgated” Diary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literature Cambridge, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">August 2, 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C16529" w14:textId="266E7D97" w:rsidR="00223C4D" w:rsidRPr="00933AB4" w:rsidRDefault="00223C4D" w:rsidP="00223C4D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F1C49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Walking With Woolf: A Day at Monk’s House.”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Review of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Annotated Mrs. Dalloway</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, edited by Merv Emre, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Modernist Review, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>January</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780497">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00780497">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E1FFD8" w14:textId="77777777" w:rsidR="00223C4D" w:rsidRPr="00AF2AEB" w:rsidRDefault="00223C4D" w:rsidP="00223C4D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review: Introduction of Sasha Costanza-Chock’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Design Justice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Community-Led Practices to Build the Worlds We Need</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HASTAC, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>May 6, 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4720C20F" w14:textId="64A57415" w:rsidR="00223C4D" w:rsidRPr="00254175" w:rsidRDefault="00223C4D" w:rsidP="00223C4D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F1C49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F1C49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Literary Afterlives of Roger Casement, 1899-2016</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F1C49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by Alison Garden, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Modernism/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>odernity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, April 28, 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC182F4" w14:textId="77777777" w:rsidR="00223C4D" w:rsidRDefault="00223C4D" w:rsidP="00223C4D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2AEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Putting the Humanities PhD to Work</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>HASTAC.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> March 16, 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7567178B" w14:textId="13E6D645" w:rsidR="00B265DB" w:rsidRDefault="00B265DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61E39E32" w14:textId="29171400" w:rsidR="002B403E" w:rsidRPr="005D2B5A" w:rsidRDefault="007F1C49" w:rsidP="00926701">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D2B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PUBLIC</w:t>
+      </w:r>
+      <w:r w:rsidR="0034572A" w:rsidRPr="005D2B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>SCHOLARSHIP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476F92AE" w14:textId="26400C40" w:rsidR="0018128D" w:rsidRPr="00E20E4B" w:rsidRDefault="0018128D" w:rsidP="00926701">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Hilda Chase Foster: Driving Ambulances Before Rosie the Riveter.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Beehiv</w:t>
+      </w:r>
+      <w:r w:rsidR="00686C84" w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9664C" w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Blog</w:t>
+      </w:r>
+      <w:r w:rsidR="00686C84" w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Massachusetts Historical Society. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>September 3, 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F8C867" w14:textId="0013DAF7" w:rsidR="0034572A" w:rsidRPr="00E20E4B" w:rsidRDefault="0034572A" w:rsidP="0034572A">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Standing Dead: A Plant Portrait.” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Arnoldia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The Nature of Trees. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>September 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0161A0CA" w14:textId="0C003E95" w:rsidR="00C071BE" w:rsidRPr="00E20E4B" w:rsidRDefault="00853D79" w:rsidP="00926701">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00C071BE" w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Interview with Sasha Costanza-Chock</w:t>
+      </w:r>
+      <w:r w:rsidR="00705243" w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, author of Design Justice</w:t>
+      </w:r>
+      <w:r w:rsidR="00705243" w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00705243" w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> co-written with R. Baker. </w:t>
+      </w:r>
+      <w:r w:rsidR="00705243" w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>HASTAC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Commons</w:t>
+      </w:r>
+      <w:r w:rsidR="00705243" w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00705243" w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>July 29, 2022.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75061758" w14:textId="5D10100B" w:rsidR="00B81FA1" w:rsidRPr="00E20E4B" w:rsidRDefault="00B81FA1" w:rsidP="00B81FA1">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“‘Fragments of A Great Confusion’: The Psychological War Sketches of Mary Borden.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lost Modernists, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">November 19, 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0102B04C" w14:textId="0776899D" w:rsidR="00853D79" w:rsidRPr="00705243" w:rsidRDefault="00853D79" w:rsidP="00926701">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Teaching With </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2AEB" w:rsidRPr="00AC4B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he Digital Archive.”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HASTAC Commons. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February 2, 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F399BE" w14:textId="6EAFCF1E" w:rsidR="00125BEA" w:rsidRPr="00254175" w:rsidRDefault="00125BEA" w:rsidP="00926701">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Supreme’s Co-Optation of Barbara Kruger’s Oeuvre.”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Ploughshares Blog. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">August 21, 2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5E1426" w14:textId="2B2003DA" w:rsidR="00125BEA" w:rsidRPr="00254175" w:rsidRDefault="00125BEA" w:rsidP="00926701">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Rakes, Fops, Libertines, Coquets: Gendered Pejoratives Within Women Writers Online.”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Women Writers Vectors Toolkit. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D617F0" w14:textId="77777777" w:rsidR="00B265DB" w:rsidRDefault="00125BEA" w:rsidP="00B265DB">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC4B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “What is the Mission of a “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC4B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SafeZone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC4B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” Tutor?”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Axis: The Praxis Blog. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>April 17, 2018.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk141427993"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="6300E2EE" w14:textId="33B42EF4" w:rsidR="002200C9" w:rsidRDefault="002200C9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk137740423"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="4F5F0DF2" w14:textId="638E3E82" w:rsidR="002200C9" w:rsidRPr="00B046B6" w:rsidRDefault="002200C9" w:rsidP="002200C9">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B046B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>HONORS AND AWARDS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA6CBE4" w14:textId="360E0D5E" w:rsidR="002200C9" w:rsidRDefault="002200C9" w:rsidP="002200C9">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="-720" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Shortlisted for Fractured Lit’s “Ghost, Fables, and Fairytales” </w:t>
+      </w:r>
+      <w:r w:rsidR="00C362B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fiction </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E8AE89" w14:textId="77777777" w:rsidR="002200C9" w:rsidRDefault="002200C9" w:rsidP="002200C9">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="-720" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Semi-Finalist for the New Delta Review Chapbook Contest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A7CAD42" w14:textId="1E982403" w:rsidR="002200C9" w:rsidRDefault="002200C9" w:rsidP="002200C9">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="-720" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NeMLA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Honorable Mention Essay Award</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0FC7F9" w14:textId="77777777" w:rsidR="002200C9" w:rsidRDefault="002200C9" w:rsidP="002200C9">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Humanities, Arts, Science and Technology Advanced Collaboratory Award</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C656497" w14:textId="19FF7709" w:rsidR="002200C9" w:rsidRDefault="002200C9" w:rsidP="002200C9">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="-720" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2017</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E.P. Walkiewicz Contemporary Studies Scholarship Essay Aw</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ard</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D0B898" w14:textId="77777777" w:rsidR="002200C9" w:rsidRDefault="002200C9" w:rsidP="002200C9">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="-720" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Honors College Degree</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">General Honors Award </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A465A7C" w14:textId="77777777" w:rsidR="002200C9" w:rsidRDefault="002200C9" w:rsidP="002200C9">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="-720" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Departmental Honors Award in English</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280A3AE3" w14:textId="77777777" w:rsidR="002200C9" w:rsidRDefault="002200C9" w:rsidP="002200C9">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inducted into Oklahoma State University chapter of Phi Beta Kappa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B81E943" w14:textId="77777777" w:rsidR="002200C9" w:rsidRDefault="002200C9" w:rsidP="002200C9">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="-720" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Inducted into Oklahoma State University chapter of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kappa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Phi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0699F797" w14:textId="63DC6335" w:rsidR="00E82452" w:rsidRPr="006E7501" w:rsidRDefault="002200C9" w:rsidP="006E7501">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="-720" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2013</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Finalist for Oklahoma State University Book Collection Essay</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="5AF526E9" w14:textId="77777777" w:rsidR="00E82452" w:rsidRDefault="00E82452" w:rsidP="0058345A">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="-720" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AFE26B1" w14:textId="5BBC1EC4" w:rsidR="0058345A" w:rsidRDefault="005B2ED0" w:rsidP="0058345A">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="-720" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B2ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>INVITED TALKS</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Hlk137740456"/>
+    </w:p>
+    <w:p w14:paraId="4553F966" w14:textId="2D1127A6" w:rsidR="00C77583" w:rsidRDefault="00C77583" w:rsidP="00C77583">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Playing to Learn, Learning to Play” with Fi Stewart-Taylor, Places and Spaces of Sharing: An NU Writing Program Day of Teaching and Collaboration, hosted by the Teaching Methods Working Group, Northeastern University, May 1, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553BC348" w14:textId="3178009D" w:rsidR="00367DEF" w:rsidRPr="00367DEF" w:rsidRDefault="00367DEF" w:rsidP="00367DEF">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Diagnosis of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Shellshock: Eugenics, Madness, Masculinity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, Haverford College, April 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0503D3D6" w14:textId="6F2D36D9" w:rsidR="00367DEF" w:rsidRDefault="00367DEF" w:rsidP="00367DEF">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A0E9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Radclyffe Hall and Modernist Lives, Criticism Slam, Department of English, Northeastern University, March 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A614380" w14:textId="6743B185" w:rsidR="005B2ED0" w:rsidRDefault="005B2ED0" w:rsidP="005B2ED0">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B10FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Before</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B10FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Shell-shock: Eugenics, Madness, and Victorian Conceptions of Masculinity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, presented at the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B10FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mahindra Humanities Center</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B10FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Harvard</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B10FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> December 8, 2022</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="7B22C2DB" w14:textId="2AA22915" w:rsidR="005B2ED0" w:rsidRDefault="005B2ED0" w:rsidP="0074342E">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Teaching the Digital Archive </w:t>
+      </w:r>
+      <w:r w:rsidR="002200C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in the Classroom</w:t>
+      </w:r>
+      <w:r w:rsidR="0074342E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254175">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>HASTAC’s Digital Friday series, April 1, 2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9A5400" w14:textId="77777777" w:rsidR="005B2ED0" w:rsidRDefault="005B2ED0" w:rsidP="005B2ED0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...22 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="572579E0" w14:textId="37167FFE" w:rsidR="00223C4D" w:rsidRPr="00390567" w:rsidRDefault="00223C4D" w:rsidP="00223C4D">
-[...1868 lines deleted...]
-    <w:p w14:paraId="7F9A5400" w14:textId="77777777" w:rsidR="005B2ED0" w:rsidRDefault="005B2ED0" w:rsidP="005B2ED0">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="1A166560" w14:textId="30A80E9D" w:rsidR="00002582" w:rsidRPr="005B2ED0" w:rsidRDefault="00002582" w:rsidP="00002582">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SELECTED </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>CONFERENCE PAPERS AND PRESENTATIONS</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6F4081E3" w14:textId="4B0E9C9A" w:rsidR="001D26D9" w:rsidRPr="00D24FCA" w:rsidRDefault="001D26D9" w:rsidP="004D4485">
+    <w:p w14:paraId="683BD476" w14:textId="77777777" w:rsidR="00002582" w:rsidRDefault="00002582" w:rsidP="00002582">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Creating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hell-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hock </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">opular </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ulture </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">igital </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rchive: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eference </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odernist </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ethodolog</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y, Modernist Studies Association, October 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD71E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F39E768" w14:textId="77777777" w:rsidR="00002582" w:rsidRPr="008A33D1" w:rsidRDefault="00002582" w:rsidP="00002582">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A33D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Comb Out The Language — or Succumb”: The Modernist Long Poem As Textual Monument</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, Northeast Modern Language Association, March 7, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6F43D7" w14:textId="77777777" w:rsidR="00002582" w:rsidRPr="0057662B" w:rsidRDefault="00002582" w:rsidP="00002582">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0057662B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Echoing Eliot: The Waste Land Online</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Modern Language Association, January 11, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568A7EBF" w14:textId="70C6E12E" w:rsidR="00002582" w:rsidRDefault="00002582" w:rsidP="00002582">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009059D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hungry All the Time</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009059D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Ge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nder </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009059D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and the Basque Country in Hemingway’s The Garden of Eden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009059D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20th International Hemingway Conference</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009059D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>July 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009059D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009059D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>San Sebastian and Bilbao, Spain</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A2D57F4" w14:textId="77777777" w:rsidR="00002582" w:rsidRDefault="00002582" w:rsidP="00002582">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003217E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Keywords as Transdisciplinary Method: A Pedagogical Reflection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003217E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Boston Digital Research and Pedagogy Symposium</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, April 12, 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5893FB10" w14:textId="77777777" w:rsidR="00002582" w:rsidRDefault="00002582" w:rsidP="00002582">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="-720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720179">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Fungal Modernism of Djuna Barnes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,” Northeast Modern Language Association, March 9, 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4081E3" w14:textId="0EA63A47" w:rsidR="001D26D9" w:rsidRPr="00D24FCA" w:rsidRDefault="001D26D9" w:rsidP="004D4485">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001D26D9" w:rsidRPr="00D24FCA">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="2160" w:bottom="1440" w:left="1440" w:header="0" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="409AEE41" w14:textId="77777777" w:rsidR="006C4AAB" w:rsidRDefault="006C4AAB">
+    <w:p w14:paraId="75B771F4" w14:textId="77777777" w:rsidR="00795A2F" w:rsidRDefault="00795A2F">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77210EF4" w14:textId="77777777" w:rsidR="006C4AAB" w:rsidRDefault="006C4AAB">
+    <w:p w14:paraId="034DCA6C" w14:textId="77777777" w:rsidR="00795A2F" w:rsidRDefault="00795A2F">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -3341,61 +3833,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58E6F7F8" w14:textId="77777777" w:rsidR="006C4AAB" w:rsidRDefault="006C4AAB">
+    <w:p w14:paraId="087F9335" w14:textId="77777777" w:rsidR="00795A2F" w:rsidRDefault="00795A2F">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="029D92B8" w14:textId="77777777" w:rsidR="006C4AAB" w:rsidRDefault="006C4AAB">
+    <w:p w14:paraId="0D8ED5A1" w14:textId="77777777" w:rsidR="00795A2F" w:rsidRDefault="00795A2F">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:id w:val="-983395071"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
@@ -4330,195 +4822,204 @@
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1928228489">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="876553345">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1352226292">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="900596277">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="340937022">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="333656623">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F77575"/>
     <w:rsid w:val="00001552"/>
     <w:rsid w:val="000019FF"/>
+    <w:rsid w:val="00002582"/>
     <w:rsid w:val="00002D6A"/>
     <w:rsid w:val="00003310"/>
     <w:rsid w:val="000038B4"/>
     <w:rsid w:val="00011D21"/>
     <w:rsid w:val="00013259"/>
     <w:rsid w:val="000155B0"/>
     <w:rsid w:val="000178AA"/>
     <w:rsid w:val="000211EC"/>
     <w:rsid w:val="00022836"/>
     <w:rsid w:val="00027869"/>
     <w:rsid w:val="00030C7D"/>
     <w:rsid w:val="00035C61"/>
     <w:rsid w:val="0003697E"/>
     <w:rsid w:val="00040B8F"/>
     <w:rsid w:val="00042739"/>
     <w:rsid w:val="00042D8B"/>
     <w:rsid w:val="000467BA"/>
     <w:rsid w:val="00047BEF"/>
     <w:rsid w:val="000516D1"/>
     <w:rsid w:val="00054202"/>
     <w:rsid w:val="000544D5"/>
     <w:rsid w:val="0005649A"/>
     <w:rsid w:val="00056F80"/>
     <w:rsid w:val="000609A9"/>
     <w:rsid w:val="00061D91"/>
     <w:rsid w:val="00062B01"/>
     <w:rsid w:val="00063A76"/>
     <w:rsid w:val="00064AA0"/>
+    <w:rsid w:val="00065088"/>
     <w:rsid w:val="00076399"/>
     <w:rsid w:val="000776D5"/>
     <w:rsid w:val="00080007"/>
     <w:rsid w:val="0008529D"/>
     <w:rsid w:val="0008559D"/>
     <w:rsid w:val="00085BBE"/>
     <w:rsid w:val="00094C34"/>
     <w:rsid w:val="000962B5"/>
     <w:rsid w:val="000A0A28"/>
     <w:rsid w:val="000A4AFD"/>
     <w:rsid w:val="000B1DF6"/>
     <w:rsid w:val="000B3E24"/>
     <w:rsid w:val="000B415D"/>
     <w:rsid w:val="000B501D"/>
     <w:rsid w:val="000C24F1"/>
     <w:rsid w:val="000C2D2E"/>
+    <w:rsid w:val="000D219B"/>
     <w:rsid w:val="000E4C29"/>
     <w:rsid w:val="000E500A"/>
     <w:rsid w:val="000E5490"/>
     <w:rsid w:val="000E5F42"/>
     <w:rsid w:val="000F584E"/>
     <w:rsid w:val="00104BAA"/>
     <w:rsid w:val="00104F96"/>
     <w:rsid w:val="0010513C"/>
     <w:rsid w:val="001116F8"/>
+    <w:rsid w:val="001136E4"/>
     <w:rsid w:val="0011386D"/>
     <w:rsid w:val="0011487F"/>
     <w:rsid w:val="001252EF"/>
     <w:rsid w:val="001254C1"/>
     <w:rsid w:val="00125BEA"/>
     <w:rsid w:val="00125D8B"/>
     <w:rsid w:val="00127B68"/>
     <w:rsid w:val="00135963"/>
     <w:rsid w:val="00143122"/>
     <w:rsid w:val="00143232"/>
     <w:rsid w:val="0014555A"/>
     <w:rsid w:val="001547F8"/>
     <w:rsid w:val="00154A15"/>
     <w:rsid w:val="00161B30"/>
     <w:rsid w:val="00165F7B"/>
     <w:rsid w:val="00175182"/>
     <w:rsid w:val="00175342"/>
     <w:rsid w:val="00175708"/>
     <w:rsid w:val="0018128D"/>
     <w:rsid w:val="00181382"/>
     <w:rsid w:val="001820C3"/>
     <w:rsid w:val="00190DA8"/>
     <w:rsid w:val="001932F3"/>
     <w:rsid w:val="0019556F"/>
     <w:rsid w:val="001967E7"/>
     <w:rsid w:val="001A3F99"/>
     <w:rsid w:val="001A45C5"/>
     <w:rsid w:val="001A7237"/>
     <w:rsid w:val="001B72CD"/>
     <w:rsid w:val="001B7C11"/>
     <w:rsid w:val="001C1D1D"/>
     <w:rsid w:val="001C4B0F"/>
     <w:rsid w:val="001C591E"/>
+    <w:rsid w:val="001C5A0C"/>
     <w:rsid w:val="001C6CDF"/>
     <w:rsid w:val="001C7F80"/>
     <w:rsid w:val="001D1A42"/>
     <w:rsid w:val="001D26D9"/>
     <w:rsid w:val="001E2113"/>
     <w:rsid w:val="001E51BC"/>
     <w:rsid w:val="001F116E"/>
     <w:rsid w:val="001F27F2"/>
     <w:rsid w:val="001F35CC"/>
     <w:rsid w:val="001F568B"/>
     <w:rsid w:val="002003EB"/>
+    <w:rsid w:val="00203A04"/>
     <w:rsid w:val="002076D6"/>
     <w:rsid w:val="00213CD1"/>
     <w:rsid w:val="0021431B"/>
+    <w:rsid w:val="002168C0"/>
     <w:rsid w:val="002200C9"/>
     <w:rsid w:val="00223719"/>
     <w:rsid w:val="00223C4D"/>
     <w:rsid w:val="00227612"/>
     <w:rsid w:val="00227B56"/>
     <w:rsid w:val="00232E10"/>
     <w:rsid w:val="0023688C"/>
     <w:rsid w:val="0023782A"/>
     <w:rsid w:val="002408F2"/>
     <w:rsid w:val="00244919"/>
     <w:rsid w:val="00246639"/>
     <w:rsid w:val="002515D9"/>
     <w:rsid w:val="00254175"/>
+    <w:rsid w:val="00254313"/>
     <w:rsid w:val="00260EC4"/>
     <w:rsid w:val="00262ACC"/>
     <w:rsid w:val="00272584"/>
     <w:rsid w:val="002725D8"/>
     <w:rsid w:val="00274BD1"/>
     <w:rsid w:val="00276FF4"/>
+    <w:rsid w:val="00277DE7"/>
     <w:rsid w:val="0028319E"/>
     <w:rsid w:val="00284DF1"/>
     <w:rsid w:val="0028748D"/>
     <w:rsid w:val="0029358B"/>
     <w:rsid w:val="00293D2C"/>
     <w:rsid w:val="00294863"/>
     <w:rsid w:val="002A1387"/>
     <w:rsid w:val="002A443F"/>
     <w:rsid w:val="002A6596"/>
     <w:rsid w:val="002B32E7"/>
     <w:rsid w:val="002B3CCD"/>
     <w:rsid w:val="002B403E"/>
     <w:rsid w:val="002B57DA"/>
     <w:rsid w:val="002B5D28"/>
     <w:rsid w:val="002C00FB"/>
     <w:rsid w:val="002C32FE"/>
     <w:rsid w:val="002C6F83"/>
     <w:rsid w:val="002D27BC"/>
     <w:rsid w:val="002E0D7F"/>
     <w:rsid w:val="002E0EF5"/>
     <w:rsid w:val="002E2F04"/>
     <w:rsid w:val="002E342B"/>
     <w:rsid w:val="002E3879"/>
     <w:rsid w:val="002E38E1"/>
     <w:rsid w:val="002E459D"/>
@@ -4527,50 +5028,51 @@
     <w:rsid w:val="002F1FE8"/>
     <w:rsid w:val="002F6643"/>
     <w:rsid w:val="002F6707"/>
     <w:rsid w:val="002F6C69"/>
     <w:rsid w:val="00300A2A"/>
     <w:rsid w:val="003016B0"/>
     <w:rsid w:val="0030331D"/>
     <w:rsid w:val="003038C4"/>
     <w:rsid w:val="003065F4"/>
     <w:rsid w:val="0031022B"/>
     <w:rsid w:val="00314C92"/>
     <w:rsid w:val="003168CA"/>
     <w:rsid w:val="00317778"/>
     <w:rsid w:val="00320D30"/>
     <w:rsid w:val="00321500"/>
     <w:rsid w:val="003217E2"/>
     <w:rsid w:val="00325DF7"/>
     <w:rsid w:val="00332977"/>
     <w:rsid w:val="00332CFD"/>
     <w:rsid w:val="003352BA"/>
     <w:rsid w:val="00337B7A"/>
     <w:rsid w:val="00342C45"/>
     <w:rsid w:val="00342E8D"/>
     <w:rsid w:val="00343193"/>
     <w:rsid w:val="00343947"/>
+    <w:rsid w:val="0034405C"/>
     <w:rsid w:val="0034476F"/>
     <w:rsid w:val="0034572A"/>
     <w:rsid w:val="003514F8"/>
     <w:rsid w:val="00354F4F"/>
     <w:rsid w:val="00355116"/>
     <w:rsid w:val="00356124"/>
     <w:rsid w:val="0036189E"/>
     <w:rsid w:val="00363237"/>
     <w:rsid w:val="00367A63"/>
     <w:rsid w:val="00367DEF"/>
     <w:rsid w:val="003748C6"/>
     <w:rsid w:val="003756EB"/>
     <w:rsid w:val="0037671C"/>
     <w:rsid w:val="00376FA3"/>
     <w:rsid w:val="0038322B"/>
     <w:rsid w:val="00390567"/>
     <w:rsid w:val="00394123"/>
     <w:rsid w:val="003947A5"/>
     <w:rsid w:val="003A4E7E"/>
     <w:rsid w:val="003A71ED"/>
     <w:rsid w:val="003A7486"/>
     <w:rsid w:val="003A7665"/>
     <w:rsid w:val="003B0152"/>
     <w:rsid w:val="003B0DA6"/>
     <w:rsid w:val="003B7FF0"/>
@@ -4682,145 +5184,150 @@
     <w:rsid w:val="00586FC1"/>
     <w:rsid w:val="005876FF"/>
     <w:rsid w:val="00590236"/>
     <w:rsid w:val="00591561"/>
     <w:rsid w:val="00594272"/>
     <w:rsid w:val="005A1B1C"/>
     <w:rsid w:val="005A3ECF"/>
     <w:rsid w:val="005A4FEE"/>
     <w:rsid w:val="005A6474"/>
     <w:rsid w:val="005A7239"/>
     <w:rsid w:val="005A7A08"/>
     <w:rsid w:val="005A7E25"/>
     <w:rsid w:val="005B03EB"/>
     <w:rsid w:val="005B2ED0"/>
     <w:rsid w:val="005C080D"/>
     <w:rsid w:val="005C37F0"/>
     <w:rsid w:val="005D0F56"/>
     <w:rsid w:val="005D171B"/>
     <w:rsid w:val="005D175F"/>
     <w:rsid w:val="005D2B5A"/>
     <w:rsid w:val="005D62E3"/>
     <w:rsid w:val="005E043B"/>
     <w:rsid w:val="005E766C"/>
     <w:rsid w:val="005E7F67"/>
     <w:rsid w:val="005F61B6"/>
+    <w:rsid w:val="005F64D2"/>
     <w:rsid w:val="0060029F"/>
     <w:rsid w:val="0060097C"/>
     <w:rsid w:val="0060189A"/>
+    <w:rsid w:val="006018B7"/>
     <w:rsid w:val="00602247"/>
     <w:rsid w:val="00604200"/>
     <w:rsid w:val="0060535E"/>
     <w:rsid w:val="00606258"/>
     <w:rsid w:val="00612CCA"/>
     <w:rsid w:val="00613DFB"/>
     <w:rsid w:val="006162BA"/>
     <w:rsid w:val="00622075"/>
     <w:rsid w:val="00622B98"/>
     <w:rsid w:val="006252E0"/>
     <w:rsid w:val="006331D0"/>
     <w:rsid w:val="006334B0"/>
     <w:rsid w:val="0063425E"/>
     <w:rsid w:val="00641A8A"/>
     <w:rsid w:val="0065176C"/>
     <w:rsid w:val="00651849"/>
     <w:rsid w:val="00651EFE"/>
     <w:rsid w:val="00654BCC"/>
     <w:rsid w:val="00663005"/>
     <w:rsid w:val="0066547A"/>
     <w:rsid w:val="0066645A"/>
     <w:rsid w:val="0067139A"/>
     <w:rsid w:val="00671423"/>
     <w:rsid w:val="006731D9"/>
     <w:rsid w:val="00682380"/>
     <w:rsid w:val="00683798"/>
     <w:rsid w:val="00686C84"/>
     <w:rsid w:val="00686DC4"/>
     <w:rsid w:val="006873ED"/>
     <w:rsid w:val="00687A29"/>
     <w:rsid w:val="00690F2D"/>
     <w:rsid w:val="006A1568"/>
     <w:rsid w:val="006A1FB4"/>
     <w:rsid w:val="006A60CB"/>
     <w:rsid w:val="006B23C1"/>
     <w:rsid w:val="006B3F9B"/>
     <w:rsid w:val="006B51D6"/>
     <w:rsid w:val="006B595C"/>
     <w:rsid w:val="006C1AA9"/>
     <w:rsid w:val="006C35FE"/>
     <w:rsid w:val="006C4AAB"/>
     <w:rsid w:val="006C59AB"/>
     <w:rsid w:val="006C7810"/>
     <w:rsid w:val="006D0068"/>
     <w:rsid w:val="006D57E5"/>
     <w:rsid w:val="006D5987"/>
     <w:rsid w:val="006D5B59"/>
     <w:rsid w:val="006E2771"/>
     <w:rsid w:val="006E58AB"/>
     <w:rsid w:val="006E7440"/>
+    <w:rsid w:val="006E7501"/>
     <w:rsid w:val="006F07E0"/>
     <w:rsid w:val="006F178D"/>
     <w:rsid w:val="006F2A6A"/>
     <w:rsid w:val="006F64E9"/>
     <w:rsid w:val="006F68E8"/>
     <w:rsid w:val="006F6BB9"/>
     <w:rsid w:val="006F6F62"/>
     <w:rsid w:val="006F6FBD"/>
     <w:rsid w:val="00701BB6"/>
     <w:rsid w:val="00704F2A"/>
     <w:rsid w:val="00705036"/>
     <w:rsid w:val="00705243"/>
     <w:rsid w:val="00707E53"/>
     <w:rsid w:val="007117DA"/>
     <w:rsid w:val="00711943"/>
+    <w:rsid w:val="007179B2"/>
     <w:rsid w:val="00717B03"/>
     <w:rsid w:val="00720179"/>
     <w:rsid w:val="00720ECA"/>
     <w:rsid w:val="00721B59"/>
     <w:rsid w:val="0072345E"/>
     <w:rsid w:val="00724D85"/>
     <w:rsid w:val="00726F8C"/>
     <w:rsid w:val="00735976"/>
     <w:rsid w:val="00735FCE"/>
     <w:rsid w:val="007378F7"/>
     <w:rsid w:val="007400F0"/>
     <w:rsid w:val="007422CB"/>
     <w:rsid w:val="0074342E"/>
     <w:rsid w:val="00745DD7"/>
     <w:rsid w:val="00746498"/>
     <w:rsid w:val="00751D49"/>
     <w:rsid w:val="00754759"/>
     <w:rsid w:val="00754D16"/>
     <w:rsid w:val="007734E1"/>
     <w:rsid w:val="007745F1"/>
     <w:rsid w:val="007777D6"/>
     <w:rsid w:val="007811C7"/>
     <w:rsid w:val="007854C8"/>
     <w:rsid w:val="00786C21"/>
     <w:rsid w:val="00791972"/>
     <w:rsid w:val="00792840"/>
     <w:rsid w:val="00794535"/>
+    <w:rsid w:val="00795A2F"/>
     <w:rsid w:val="00797901"/>
     <w:rsid w:val="007A0BEB"/>
     <w:rsid w:val="007A64B6"/>
     <w:rsid w:val="007B194C"/>
     <w:rsid w:val="007B2084"/>
     <w:rsid w:val="007B41F9"/>
     <w:rsid w:val="007B527D"/>
     <w:rsid w:val="007C4D2D"/>
     <w:rsid w:val="007E34D2"/>
     <w:rsid w:val="007E624F"/>
     <w:rsid w:val="007F1C49"/>
     <w:rsid w:val="007F301A"/>
     <w:rsid w:val="007F39A2"/>
     <w:rsid w:val="007F3D98"/>
     <w:rsid w:val="007F6EB2"/>
     <w:rsid w:val="00800587"/>
     <w:rsid w:val="00800D14"/>
     <w:rsid w:val="00804011"/>
     <w:rsid w:val="00804286"/>
     <w:rsid w:val="00805018"/>
     <w:rsid w:val="00814C3D"/>
     <w:rsid w:val="00815914"/>
     <w:rsid w:val="0081673E"/>
     <w:rsid w:val="0082055D"/>
     <w:rsid w:val="00821621"/>
@@ -4882,78 +5389,80 @@
     <w:rsid w:val="00932272"/>
     <w:rsid w:val="00932819"/>
     <w:rsid w:val="00933022"/>
     <w:rsid w:val="00933AB4"/>
     <w:rsid w:val="00942438"/>
     <w:rsid w:val="00944C86"/>
     <w:rsid w:val="009533DA"/>
     <w:rsid w:val="009607ED"/>
     <w:rsid w:val="009633AA"/>
     <w:rsid w:val="0096372C"/>
     <w:rsid w:val="009662EA"/>
     <w:rsid w:val="00971D07"/>
     <w:rsid w:val="00973777"/>
     <w:rsid w:val="00974404"/>
     <w:rsid w:val="00975F39"/>
     <w:rsid w:val="009776F2"/>
     <w:rsid w:val="00977901"/>
     <w:rsid w:val="00980A3B"/>
     <w:rsid w:val="00982007"/>
     <w:rsid w:val="009828B2"/>
     <w:rsid w:val="009844E5"/>
     <w:rsid w:val="00990A9E"/>
     <w:rsid w:val="00991732"/>
     <w:rsid w:val="00992541"/>
     <w:rsid w:val="009A38F0"/>
+    <w:rsid w:val="009A7823"/>
     <w:rsid w:val="009B1BEA"/>
     <w:rsid w:val="009B1DA9"/>
     <w:rsid w:val="009B1F81"/>
     <w:rsid w:val="009B260F"/>
     <w:rsid w:val="009B2CD8"/>
     <w:rsid w:val="009B3F3C"/>
     <w:rsid w:val="009C0530"/>
     <w:rsid w:val="009C189B"/>
     <w:rsid w:val="009C216B"/>
     <w:rsid w:val="009C3298"/>
     <w:rsid w:val="009C3CF0"/>
     <w:rsid w:val="009C498E"/>
     <w:rsid w:val="009D0977"/>
     <w:rsid w:val="009D1C3A"/>
     <w:rsid w:val="009D3147"/>
     <w:rsid w:val="009D5794"/>
     <w:rsid w:val="009F0814"/>
     <w:rsid w:val="009F6DE1"/>
     <w:rsid w:val="00A01D23"/>
     <w:rsid w:val="00A10395"/>
     <w:rsid w:val="00A12F96"/>
     <w:rsid w:val="00A152CE"/>
     <w:rsid w:val="00A16088"/>
     <w:rsid w:val="00A178F5"/>
     <w:rsid w:val="00A330E6"/>
     <w:rsid w:val="00A438CD"/>
     <w:rsid w:val="00A44071"/>
     <w:rsid w:val="00A55E5E"/>
+    <w:rsid w:val="00A568CC"/>
     <w:rsid w:val="00A57B83"/>
     <w:rsid w:val="00A57CC4"/>
     <w:rsid w:val="00A57EB4"/>
     <w:rsid w:val="00A62396"/>
     <w:rsid w:val="00A645C7"/>
     <w:rsid w:val="00A67381"/>
     <w:rsid w:val="00A77D3A"/>
     <w:rsid w:val="00A82839"/>
     <w:rsid w:val="00A834B9"/>
     <w:rsid w:val="00A83922"/>
     <w:rsid w:val="00A86B2F"/>
     <w:rsid w:val="00A914FD"/>
     <w:rsid w:val="00A91E5C"/>
     <w:rsid w:val="00A92205"/>
     <w:rsid w:val="00A946C7"/>
     <w:rsid w:val="00A9664C"/>
     <w:rsid w:val="00A97597"/>
     <w:rsid w:val="00AA0097"/>
     <w:rsid w:val="00AA05CF"/>
     <w:rsid w:val="00AA26F2"/>
     <w:rsid w:val="00AB60D4"/>
     <w:rsid w:val="00AC1DB4"/>
     <w:rsid w:val="00AC23E4"/>
     <w:rsid w:val="00AC41F2"/>
     <w:rsid w:val="00AC4B97"/>
@@ -5083,77 +5592,79 @@
     <w:rsid w:val="00D6514D"/>
     <w:rsid w:val="00D6777E"/>
     <w:rsid w:val="00D67D8B"/>
     <w:rsid w:val="00D70751"/>
     <w:rsid w:val="00D73AD0"/>
     <w:rsid w:val="00D779D7"/>
     <w:rsid w:val="00D81358"/>
     <w:rsid w:val="00D81502"/>
     <w:rsid w:val="00D87F2A"/>
     <w:rsid w:val="00D90622"/>
     <w:rsid w:val="00D9216C"/>
     <w:rsid w:val="00D9285F"/>
     <w:rsid w:val="00D95691"/>
     <w:rsid w:val="00D9575C"/>
     <w:rsid w:val="00DA4E5B"/>
     <w:rsid w:val="00DA5167"/>
     <w:rsid w:val="00DA712A"/>
     <w:rsid w:val="00DB2634"/>
     <w:rsid w:val="00DB4B04"/>
     <w:rsid w:val="00DB4C82"/>
     <w:rsid w:val="00DC02E7"/>
     <w:rsid w:val="00DC2AF7"/>
     <w:rsid w:val="00DC7ABF"/>
     <w:rsid w:val="00DD225D"/>
     <w:rsid w:val="00DD2806"/>
+    <w:rsid w:val="00DD5C0D"/>
     <w:rsid w:val="00DD6BE9"/>
     <w:rsid w:val="00DD7035"/>
     <w:rsid w:val="00DD72FF"/>
     <w:rsid w:val="00DD792B"/>
     <w:rsid w:val="00DD79A3"/>
     <w:rsid w:val="00DE499E"/>
     <w:rsid w:val="00DE6353"/>
     <w:rsid w:val="00DE786A"/>
     <w:rsid w:val="00DE7EB7"/>
     <w:rsid w:val="00DF4A6D"/>
     <w:rsid w:val="00DF5BCE"/>
     <w:rsid w:val="00DF5D1E"/>
     <w:rsid w:val="00DF6E1C"/>
     <w:rsid w:val="00E02DCC"/>
     <w:rsid w:val="00E0375B"/>
     <w:rsid w:val="00E041F2"/>
     <w:rsid w:val="00E04C90"/>
     <w:rsid w:val="00E05B37"/>
     <w:rsid w:val="00E11A2A"/>
     <w:rsid w:val="00E12F5A"/>
     <w:rsid w:val="00E158FE"/>
     <w:rsid w:val="00E20788"/>
     <w:rsid w:val="00E20D5C"/>
     <w:rsid w:val="00E20E4B"/>
     <w:rsid w:val="00E21D22"/>
     <w:rsid w:val="00E21EE0"/>
     <w:rsid w:val="00E22FE3"/>
+    <w:rsid w:val="00E23619"/>
     <w:rsid w:val="00E2363A"/>
     <w:rsid w:val="00E252E9"/>
     <w:rsid w:val="00E3053D"/>
     <w:rsid w:val="00E31DDF"/>
     <w:rsid w:val="00E330B6"/>
     <w:rsid w:val="00E4003E"/>
     <w:rsid w:val="00E42386"/>
     <w:rsid w:val="00E446DE"/>
     <w:rsid w:val="00E45904"/>
     <w:rsid w:val="00E46278"/>
     <w:rsid w:val="00E46526"/>
     <w:rsid w:val="00E60DDA"/>
     <w:rsid w:val="00E62636"/>
     <w:rsid w:val="00E626DB"/>
     <w:rsid w:val="00E65D3D"/>
     <w:rsid w:val="00E663A2"/>
     <w:rsid w:val="00E66E62"/>
     <w:rsid w:val="00E67098"/>
     <w:rsid w:val="00E82452"/>
     <w:rsid w:val="00E853CA"/>
     <w:rsid w:val="00E909D7"/>
     <w:rsid w:val="00E90FE0"/>
     <w:rsid w:val="00E92A1A"/>
     <w:rsid w:val="00E96489"/>
     <w:rsid w:val="00E96801"/>
@@ -5171,50 +5682,51 @@
     <w:rsid w:val="00ED7DDA"/>
     <w:rsid w:val="00EE19AD"/>
     <w:rsid w:val="00EE33D1"/>
     <w:rsid w:val="00EE3572"/>
     <w:rsid w:val="00EE6392"/>
     <w:rsid w:val="00EF434C"/>
     <w:rsid w:val="00F00361"/>
     <w:rsid w:val="00F0262D"/>
     <w:rsid w:val="00F03367"/>
     <w:rsid w:val="00F04675"/>
     <w:rsid w:val="00F11C75"/>
     <w:rsid w:val="00F11E5D"/>
     <w:rsid w:val="00F159A0"/>
     <w:rsid w:val="00F179FE"/>
     <w:rsid w:val="00F203F8"/>
     <w:rsid w:val="00F20780"/>
     <w:rsid w:val="00F33469"/>
     <w:rsid w:val="00F40E91"/>
     <w:rsid w:val="00F4609B"/>
     <w:rsid w:val="00F461A2"/>
     <w:rsid w:val="00F47AE1"/>
     <w:rsid w:val="00F56635"/>
     <w:rsid w:val="00F57678"/>
     <w:rsid w:val="00F644E6"/>
     <w:rsid w:val="00F64501"/>
+    <w:rsid w:val="00F75797"/>
     <w:rsid w:val="00F7597E"/>
     <w:rsid w:val="00F77575"/>
     <w:rsid w:val="00F80354"/>
     <w:rsid w:val="00F828D2"/>
     <w:rsid w:val="00F82B7E"/>
     <w:rsid w:val="00F834C3"/>
     <w:rsid w:val="00F9067B"/>
     <w:rsid w:val="00F94070"/>
     <w:rsid w:val="00F943B7"/>
     <w:rsid w:val="00F95AF9"/>
     <w:rsid w:val="00FA0F0C"/>
     <w:rsid w:val="00FA642A"/>
     <w:rsid w:val="00FB1A30"/>
     <w:rsid w:val="00FB4AAE"/>
     <w:rsid w:val="00FB4B10"/>
     <w:rsid w:val="00FB569B"/>
     <w:rsid w:val="00FB5CAB"/>
     <w:rsid w:val="00FC1874"/>
     <w:rsid w:val="00FC18DA"/>
     <w:rsid w:val="00FC1F91"/>
     <w:rsid w:val="00FC26F4"/>
     <w:rsid w:val="00FC5128"/>
     <w:rsid w:val="00FC717E"/>
     <w:rsid w:val="00FE6F1B"/>
     <w:rsid w:val="00FF36D3"/>
@@ -5746,51 +6258,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
       <w:i/>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
@@ -7095,63 +7606,71 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="5d6a9b70-442e-40c3-992a-7cad65d5c0d9" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D0F93100FCFCCD4598A8EA1A230DF781" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6013ac6a2ad4b81f1bb35656ddf22e78">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="5d6a9b70-442e-40c3-992a-7cad65d5c0d9" xmlns:ns4="0d55eafb-9670-4143-b6ee-f6411c871bd8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="89dc25fdd7e389f0f5c0833b44f06a80" ns3:_="" ns4:_="">
     <xsd:import namespace="5d6a9b70-442e-40c3-992a-7cad65d5c0d9"/>
     <xsd:import namespace="0d55eafb-9670-4143-b6ee-f6411c871bd8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -7298,133 +7817,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2F8A7B5-6C5A-4530-B699-9BFAE49E3D28}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5d6a9b70-442e-40c3-992a-7cad65d5c0d9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F213A21-4468-40BC-A5DA-3BB491B3C317}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BD6D450-6898-4134-BA30-B94E5E120F37}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B086AC5C-4B0F-4FE7-80BB-98BBA60E2CC2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5d6a9b70-442e-40c3-992a-7cad65d5c0d9"/>
     <ds:schemaRef ds:uri="0d55eafb-9670-4143-b6ee-f6411c871bd8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>664</Words>
-  <Characters>3924</Characters>
+  <Words>836</Words>
+  <Characters>4769</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4581</CharactersWithSpaces>
+  <CharactersWithSpaces>5594</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Galen Bunting</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D0F93100FCFCCD4598A8EA1A230DF781</vt:lpwstr>