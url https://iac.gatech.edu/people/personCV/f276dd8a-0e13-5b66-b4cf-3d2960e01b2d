--- v0 (2026-01-29)
+++ v1 (2026-03-31)
@@ -1,1200 +1,2141 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1AB36C4B" w14:textId="77777777" w:rsidR="000653ED" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+    <w:p w14:paraId="1AB36C4B" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
       <w:pPr>
         <w:spacing w:after="10" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007D4D18">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MICHELLE GRAFF</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="704E4931" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="004823B6" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+    <w:p w14:paraId="704E4931" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
       <w:pPr>
         <w:spacing w:after="10" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004823B6">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(she/her/hers)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="065AD5BD" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="007D4D18" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+    <w:p w14:paraId="065AD5BD" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
       <w:pPr>
         <w:spacing w:after="10"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Jimmy and Rosalynn Carter School of Public Policy, Georgia Institute of Technology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C66D94" w14:textId="634836A1" w:rsidR="000653ED" w:rsidRPr="007D4D18" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+    <w:p w14:paraId="65C66D94" w14:textId="634836A1" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:r w:rsidRPr="00A6190D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00092769">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>michelle.graff@pubpolicy.gatech.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DM Smith 206E </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">| </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...18 lines deleted...]
-    <w:p w14:paraId="0866B045" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="007D4D18" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>404-385-8577</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0866B045" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="022EE073" w14:textId="19131E1C" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RESEARCH INTERESTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD6BFD1" w14:textId="071529D3" w:rsidR="000653ED" w:rsidRPr="000653ED" w:rsidRDefault="000653ED" w:rsidP="000653ED">
-      <w:r>
+    <w:p w14:paraId="3BD6BFD1" w14:textId="6D1F8329" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professor Graff’s research focuses on energy and society and, explicitly, three domestic energy topics: residential energy insecurity</w:t>
+      </w:r>
+      <w:r w:rsidR="006456E5" w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g., </w:t>
+      </w:r>
+      <w:r w:rsidR="006456E5" w:rsidRPr="00092769">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the inability to afford basic household energy needs</w:t>
+      </w:r>
+      <w:r w:rsidR="006456E5" w:rsidRPr="00092769">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; the administration of energy assistance programs and policies; and the implications of the energy transition on vulnerable communities. Specifically, </w:t>
+      </w:r>
+      <w:r w:rsidR="006456E5" w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Professor Graff’s</w:t>
       </w:r>
-      <w:r w:rsidRPr="000653ED">
-[...9 lines deleted...]
-    <w:p w14:paraId="21F0CB29" w14:textId="77777777" w:rsidR="000653ED" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work empirically examines whom energy insecurity affects, how it affects them, and how government programs have helped alleviate energy insecurity, if at all. </w:t>
+      </w:r>
+      <w:r w:rsidR="006456E5" w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professor Graff’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> research offers theoretical and empirical contributions to </w:t>
+      </w:r>
+      <w:r w:rsidR="006456E5" w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">energy policy and public administration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">literatures. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F0CB29" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="1ED4FEF8" w14:textId="3B17E534" w:rsidR="000653ED" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ED4FEF8" w14:textId="3B17E534" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TEACHING INTERESTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="631143EE" w14:textId="2B3913C1" w:rsidR="000653ED" w:rsidRPr="000653ED" w:rsidRDefault="000653ED" w:rsidP="000653ED">
-[...4 lines deleted...]
-    <w:p w14:paraId="332F8C54" w14:textId="77777777" w:rsidR="000653ED" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+    <w:p w14:paraId="631143EE" w14:textId="66BB5BBD" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professor Graff’s teaching </w:t>
+      </w:r>
+      <w:r w:rsidR="006456E5" w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>focuses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on environmental and energy policy at the undergraduate and graduate levels. She additionally teaches the process of research methodology to undergraduate students. </w:t>
+      </w:r>
+      <w:r w:rsidR="006456E5" w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>She currently serves as a member of Georgia Tech’s Environmental Science Curriculum Committee and the Carter School of Public Policy’s Graduate Committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332F8C54" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6684F0F3" w14:textId="6464982D" w:rsidR="000653ED" w:rsidRPr="007D4D18" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6684F0F3" w14:textId="6464982D" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007D4D18">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EDUCATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151C88B9" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="007D4D18" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+    <w:p w14:paraId="151C88B9" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...181 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A92A42C" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ph.D. in Public Affairs, July 2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B0F63E" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Indiana University, O’Neill School of Public and Environmental Affairs (SPEA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE35C39" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...23 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Unpacking the Determinants and Burdens of Energy Assistance in the United States </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation Committee Co-Chairs:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sanya Carley, Ph.D. and David Konisky, Ph.D.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2655DD49" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4717068C" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M.A. in Environmental Resource Policy, August 2015</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5962F835" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>George Washington University, Columbian College of Arts and Sciences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D8F0CE" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="519AE9B9" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B.A. in Economics, May 2010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0544B6" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Colby College, Economics Department</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CE9EAB" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21A9D459" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ACADEMIC APPOINTMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B442617" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EA8C292" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assistant Professor (tenure track), August 2024 – present </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3D0F44" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Georgia Institute of Technology, Jimmy and Rosalynn Carter School of Public Policy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007F6E56" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33B8896C" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faculty Affiliate, January 2026 – present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="497CC635" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Georgia Institute of Technology, Energy Policy and Innovation Center (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EPICenter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CCB9A7" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12FB2E76" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Faculty Affiliate, August 2021 – present </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493222D5" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Indiana University and University of Pennsylvania, Energy Justice Lab</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236F2789" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="3600" w:hanging="2880"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A4C8AA8" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assistant Professor (tenure track), August 2021 – July 2024 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657051B4" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cleveland State University, Levin College of Public Affairs and Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21627140" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705CD87C" w14:textId="77777777" w:rsidR="00092769" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00CD0837" w14:textId="77777777" w:rsidR="00092769" w:rsidRDefault="00092769" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="075198F0" w14:textId="77777777" w:rsidR="00092769" w:rsidRDefault="00092769" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="589F6F67" w14:textId="54C0E658" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="00092769" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>SELECT</w:t>
+      </w:r>
+      <w:r w:rsidR="000653ED" w:rsidRPr="00092769">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SCHOLARLY PUBLICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4365755D" w14:textId="07F99AF0" w:rsidR="000653ED" w:rsidRPr="00517923" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00517923">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Asterisk (*) indicates work completed at Georgia Tech. Boldface denotes a co-author was a student at the time of publication.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B827D11" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0973DAE3" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Graff, M. (60%), &amp; Nock, D. (2026). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Nature Energy.</w:t>
-[...24 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">The Role of Thermostats and Human Behavior in Residential Temperature Settings. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>The Electricity Journal.</w:t>
-[...33 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Nature Energy, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-15. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1038/s41560-025-01948-w</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA0F7BA" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="064C7C6E" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anthony, R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., &amp; Graff, M. (50%) (2025). Administering energy aid: State approaches to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>low income</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> home energy assistance program implementation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en"/>
-[...24 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Electricity Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...36 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>38</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(4), 107521. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.tej.2025.107521</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3F4E43FB" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3892BA9E" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D7D24">
-[...57 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anthony, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, An, B., Brown, M., *Graff, M. (15%), Matisoff, D. (2025). Frontiers of Weatherization: Evolving Programmatic Needs and Expanding Evaluation Tools. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...41 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Energy Research &amp; Social Science, 130, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">104442. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.erss.2025.104442</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="700E0F58" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="666F9BE7" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Graff, M. (50%), Aung, TW. (2025). Energy insecurity and Mental Health Symptoms in US Adults. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00013A85">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>JAMA Network Open, 8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(10): e2539479. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>10.1001/jamanetworkopen.2025.39479</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="62BCCD33" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00190708" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Graff, M. (50%), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bryden, M.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Yeom, M. (2025). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The local context of energy assistance: exploring spatial associations between community characteristics and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Low Income</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Home Energy Assistance Program facilities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="003335E8">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Local Environment, 30(10), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1257-1278</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1080/13549839.2025.2467389</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5B2F67CA" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44AD9ED4" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Graff, M. (100%) (2025). Reducing administrative burdens in an energy bill assistance program. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00271B6F">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Management Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(10),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2336-2361</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1080/14719037.2024.2335556</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="53B30873" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16581107" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hatch, M. E., &amp; Graff, M. (50%) (2024). Housing costs are not a monolith: The association between neighborhood energy burdens and eviction filing rates. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...38 lines deleted...]
-        <w:t xml:space="preserve">, Carley, S., Graff, M., &amp; </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 150, 104995. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.cities.2024.104995</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4B91E693" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3747759C" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Graff, M. (100%) (2024). Addressing energy insecurity: Policy Considerations for enhancing energy assistance programs. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003803E0">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003803E0">
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-        <w:t>Iscience</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Heliyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003803E0">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003803E0">
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00790D92">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(3), e24178-e24178. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.heliyon.2024.e24178</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B77C434" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CAED342" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Memmott, T., Carley, S., Graff, M. (20%), &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Konisky</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, D. M. (2023). Utility disconnection protections and the incidence of energy insecurity in the United States. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Iscience</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790D92">
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="007101B7">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(3). DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.isci.2023.106244</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EB790B" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="098F94AF" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Konisky, D. M., Carley, S., Graff, M. (20%), &amp; Memmott, T. (2022). The persistence of household energy insecurity during the COVID-19 pandemic. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Environmental Research Letters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007101B7">
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="002F6980">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(10), 104017. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1088/1748-9326/ac90d7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6447B073" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D49126E" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Carley, S., Graff, M. (20%), Konisky, D. M., &amp; Memmott, T. (2022). Behavioral and financial coping strategies among energy-insecure households. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proceedings of the National Academy of Sciences</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F6980">
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="007D4D18">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>119</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(36), e2205356119. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1073/pnas.2205356119</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F902692" w14:textId="77777777" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D3A573B" w14:textId="327E3A52" w:rsidR="00991806" w:rsidRPr="00092769" w:rsidRDefault="00991806" w:rsidP="00991806">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Graff, M. (40%), Carley, S., Konisky, D.M., Memmott, T. (2021). Which households are energy insecure? An empirical analysis of race, housing conditions, and energy burdens in the United States. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Energy Research and Social Science</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D4D18">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D4D18">
+      <w:r w:rsidRPr="00092769">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">79, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D4D18">
-[...23 lines deleted...]
-    <w:sectPr w:rsidR="000653ED">
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">102-144. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00092769">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.erss.2021.102144</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00092769">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F804BD" w14:textId="77777777" w:rsidR="000653ED" w:rsidRPr="00092769" w:rsidRDefault="000653ED">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000653ED" w:rsidRPr="00092769">
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="24E74DC8" w14:textId="77777777" w:rsidR="00F16437" w:rsidRDefault="00F16437" w:rsidP="00092769">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="01D660C6" w14:textId="77777777" w:rsidR="00F16437" w:rsidRDefault="00F16437" w:rsidP="00092769">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:id w:val="797564664"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="10270438" w14:textId="0B996BAE" w:rsidR="00092769" w:rsidRDefault="00092769" w:rsidP="00665EA4">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="1D6A4007" w14:textId="77777777" w:rsidR="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+      </w:rPr>
+      <w:id w:val="1438258353"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="71128C82" w14:textId="11F94D23" w:rsidR="00092769" w:rsidRDefault="00092769" w:rsidP="00665EA4">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="5AC92162" w14:textId="77777777" w:rsidR="00092769" w:rsidRDefault="00092769" w:rsidP="00092769">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="66D8AA5A" w14:textId="77777777" w:rsidR="00F16437" w:rsidRDefault="00F16437" w:rsidP="00092769">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6D5FF487" w14:textId="77777777" w:rsidR="00F16437" w:rsidRDefault="00F16437" w:rsidP="00092769">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="234"/>
+  <w:zoom w:percent="172"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000653ED"/>
     <w:rsid w:val="000653ED"/>
+    <w:rsid w:val="00092769"/>
+    <w:rsid w:val="00517923"/>
+    <w:rsid w:val="006456E5"/>
+    <w:rsid w:val="00991806"/>
     <w:rsid w:val="00AE7316"/>
+    <w:rsid w:val="00CA171C"/>
+    <w:rsid w:val="00F16437"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3E0E895D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D8D16C73-E07F-C741-89C2-AE43648FDA40}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1785,50 +2726,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000653ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -2124,62 +3066,122 @@
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000653ED"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="000653ED"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="p1">
     <w:name w:val="p1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="000653ED"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00092769"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00092769"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00092769"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00092769"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00092769"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.graff@pubpolicy.gatech.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.tej.2025.107521" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cities.2024.104995" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.erss.2021.102144" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41560-025-01948-w" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/14719037.2024.2335556" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.2205356119" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1088/1748-9326/ac90d7" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.graff@pubpolicy.gatech.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/13549839.2025.2467389" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.isci.2023.106244" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jamanetwork.com/journals/jamanetworkopen/fullarticle/2840540?utm_campaign=articlePDF&amp;utm_medium=articlePDFlink&amp;utm_source=articlePDF&amp;utm_content=jamanetworkopen.2025.39479" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.erss.2025.104442" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2024.e24178" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2458,54 +3460,69 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>571</Words>
-  <Characters>3685</Characters>
+  <Words>884</Words>
+  <Characters>5414</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4212</CharactersWithSpaces>
+  <CharactersWithSpaces>6290</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Graff, Michelle</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>